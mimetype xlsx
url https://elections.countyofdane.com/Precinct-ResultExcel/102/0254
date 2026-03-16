--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2018 Partisan Primary - 8 14 20" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="249" uniqueCount="249">
   <si>
     <t xml:space="preserve">2018 Partisan Primary
 8/14/2018
 Sheriff (Constitution) - Official Canvass - Finalized On : 8/23/2018 11:48 AM
 100.0% Precincts Reporting (246 of 246)
-Generated Report on : 1/30/2026 6:35 AM</t>
+Generated Report on : 3/16/2026 3:38 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (CON)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Edgerton Wd 7               </t>
   </si>
   <si>
     <t xml:space="preserve">C Fitchburg Wd 14             </t>
   </si>
   <si>
     <t xml:space="preserve">C Fitchburg Wd 20             </t>
   </si>
   <si>
     <t xml:space="preserve">C Fitchburg Wds 10-13         </t>
   </si>
   <si>
     <t xml:space="preserve">C Fitchburg Wds 1-4           </t>
   </si>
   <si>
     <t xml:space="preserve">C Fitchburg Wds 15, 18-19     </t>
   </si>