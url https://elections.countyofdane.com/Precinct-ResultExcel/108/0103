--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2019 Spring Primary - 2 19 2019" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t xml:space="preserve">2019 Spring Primary
 2/19/2019
 Madison Alderperson, District 3 - Official Canvass - Finalized On : 2/25/2019 1:37 PM
 100.0% Precincts Reporting (9 of 9)
-Generated Report on : 12/5/2025 9:29 AM</t>
+Generated Report on : 1/29/2026 12:25 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Lindsay Lemmer (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">Jared Schumacker (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">Mike Cerro (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 008              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 009              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 010              </t>
   </si>