--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2019 Spring Primary - 2 19 2019" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t xml:space="preserve">2019 Spring Primary
 2/19/2019
 Madison Alderperson, District 3 - Official Canvass - Finalized On : 2/25/2019 1:37 PM
 100.0% Precincts Reporting (9 of 9)
-Generated Report on : 1/29/2026 12:25 PM</t>
+Generated Report on : 3/15/2026 11:30 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Lindsay Lemmer (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">Jared Schumacker (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">Mike Cerro (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 008              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 009              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 010              </t>
   </si>