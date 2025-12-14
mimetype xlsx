--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2020 Spring &amp; Presidential Pref" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t xml:space="preserve">2020 Spring &amp; Presidential Preference Election
 4/7/2020
 County Supervisor District 24 - Official Canvass - Finalized On : 4/17/2020 10:49 AM
 100.0% Precincts Reporting (7 of 7)
-Generated Report on : 12/4/2025 11:14 PM</t>
+Generated Report on : 12/14/2025 4:17 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Sarah Smith (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">write-in: (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 002              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 003              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 004              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 013              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 014              </t>
   </si>