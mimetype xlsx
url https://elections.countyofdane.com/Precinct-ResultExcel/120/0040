--- v1 (2025-12-14)
+++ v2 (2026-01-30)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2020 Spring &amp; Presidential Pref" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t xml:space="preserve">2020 Spring &amp; Presidential Preference Election
 4/7/2020
 County Supervisor District 24 - Official Canvass - Finalized On : 4/17/2020 10:49 AM
 100.0% Precincts Reporting (7 of 7)
-Generated Report on : 12/14/2025 4:17 PM</t>
+Generated Report on : 1/30/2026 6:36 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Sarah Smith (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">write-in: (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 002              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 003              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 004              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 013              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 014              </t>
   </si>