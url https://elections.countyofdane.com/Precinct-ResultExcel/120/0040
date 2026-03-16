--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2020 Spring &amp; Presidential Pref" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t xml:space="preserve">2020 Spring &amp; Presidential Preference Election
 4/7/2020
 County Supervisor District 24 - Official Canvass - Finalized On : 4/17/2020 10:49 AM
 100.0% Precincts Reporting (7 of 7)
-Generated Report on : 1/30/2026 6:36 AM</t>
+Generated Report on : 3/16/2026 1:29 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Sarah Smith (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">write-in: (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 002              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 003              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 004              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 013              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 014              </t>
   </si>