--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2022 General Election - 11 8 20" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="274">
   <si>
     <t xml:space="preserve">2022 General Election
 11/8/2022
 United States Senator - Official Canvass - Finalized On : 11/15/2022 2:57 PM
 100.0% Precincts Reporting (269 of 269)
-Generated Report on : 1/29/2026 11:41 PM</t>
+Generated Report on : 3/16/2026 11:30 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">DEM Mandela Barnes (DEM)  </t>
   </si>
   <si>
     <t xml:space="preserve">REP Ron Johnson (REP)  </t>
   </si>
   <si>
     <t xml:space="preserve">write-in: (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Edgerton Wd 7               </t>
   </si>
   <si>
     <t xml:space="preserve">C Fitchburg Wd 14             </t>
   </si>
   <si>
     <t xml:space="preserve">C Fitchburg Wd 23             </t>
   </si>
   <si>
     <t xml:space="preserve">C Fitchburg Wd 24-25          </t>
   </si>