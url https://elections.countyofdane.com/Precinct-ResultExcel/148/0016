--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2023 Spring Primary - 2 21 2023" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t xml:space="preserve">2023 Spring Primary
 2/21/2023
 Lodi School Board Member (2) - Official Canvass - Finalized On : 2/28/2023 12:56 PM
 100.0% Precincts Reporting (4 of 4)
-Generated Report on : 12/5/2025 9:38 AM</t>
+Generated Report on : 12/14/2025 1:59 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Sarah Raemisch (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Barb Beyer (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Julie McKiernan (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">H. Adam Steinberg (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Susan Goethel (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">write-in: (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">T Dane Wd 1                   </t>
   </si>