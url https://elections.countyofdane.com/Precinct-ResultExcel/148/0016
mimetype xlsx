--- v1 (2025-12-14)
+++ v2 (2026-01-29)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2023 Spring Primary - 2 21 2023" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t xml:space="preserve">2023 Spring Primary
 2/21/2023
 Lodi School Board Member (2) - Official Canvass - Finalized On : 2/28/2023 12:56 PM
 100.0% Precincts Reporting (4 of 4)
-Generated Report on : 12/14/2025 1:59 AM</t>
+Generated Report on : 1/29/2026 9:02 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Sarah Raemisch (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Barb Beyer (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Julie McKiernan (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">H. Adam Steinberg (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Susan Goethel (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">write-in: (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">T Dane Wd 1                   </t>
   </si>