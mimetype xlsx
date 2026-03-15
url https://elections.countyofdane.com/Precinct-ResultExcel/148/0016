--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2023 Spring Primary - 2 21 2023" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t xml:space="preserve">2023 Spring Primary
 2/21/2023
 Lodi School Board Member (2) - Official Canvass - Finalized On : 2/28/2023 12:56 PM
 100.0% Precincts Reporting (4 of 4)
-Generated Report on : 1/29/2026 9:02 AM</t>
+Generated Report on : 3/15/2026 2:14 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Sarah Raemisch (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Barb Beyer (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Julie McKiernan (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">H. Adam Steinberg (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">Susan Goethel (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">write-in: (Non)  </t>
   </si>
   <si>
     <t xml:space="preserve">T Dane Wd 1                   </t>
   </si>