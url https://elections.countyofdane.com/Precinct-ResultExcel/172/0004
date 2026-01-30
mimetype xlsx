--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2024 General Election - 11 5 20" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="271">
   <si>
     <t xml:space="preserve">2024 General Election
 11/5/2024
 President / Vice President - Official Canvass - Finalized On : 11/13/2024 9:01 AM
 100.0% Precincts Reporting (260 of 260)
-Generated Report on : 12/5/2025 10:03 PM</t>
+Generated Report on : 1/30/2026 12:00 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">DEM Kamala D. Harris /Tim Walz (DEM)  </t>
   </si>
   <si>
     <t xml:space="preserve">REP Donald J. Trump /JD Vance (REP)  </t>
   </si>
   <si>
     <t xml:space="preserve">CON Randall Terry /Stephen Broden (CON)  </t>
   </si>
   <si>
     <t xml:space="preserve">LIB Chase Russell Oliver /Mike ter Maa (LIB)  </t>
   </si>
   <si>
     <t xml:space="preserve">GRN Jill Stein /Rudolph Ware (GRN)  </t>
   </si>
   <si>
     <t xml:space="preserve">IND Claudia De la Cruz /Karina Garcia (IND)  </t>
   </si>
   <si>
     <t xml:space="preserve">IND Cornel West /Melina Abdullah (IND)  </t>
   </si>