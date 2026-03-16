--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2024 General Election - 11 5 20" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="271">
   <si>
     <t xml:space="preserve">2024 General Election
 11/5/2024
 President / Vice President - Official Canvass - Finalized On : 11/13/2024 9:01 AM
 100.0% Precincts Reporting (260 of 260)
-Generated Report on : 1/30/2026 12:00 AM</t>
+Generated Report on : 3/16/2026 10:15 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">DEM Kamala D. Harris /Tim Walz (DEM)  </t>
   </si>
   <si>
     <t xml:space="preserve">REP Donald J. Trump /JD Vance (REP)  </t>
   </si>
   <si>
     <t xml:space="preserve">CON Randall Terry /Stephen Broden (CON)  </t>
   </si>
   <si>
     <t xml:space="preserve">LIB Chase Russell Oliver /Mike ter Maa (LIB)  </t>
   </si>
   <si>
     <t xml:space="preserve">GRN Jill Stein /Rudolph Ware (GRN)  </t>
   </si>
   <si>
     <t xml:space="preserve">IND Claudia De la Cruz /Karina Garcia (IND)  </t>
   </si>
   <si>
     <t xml:space="preserve">IND Cornel West /Melina Abdullah (IND)  </t>
   </si>