--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2016 Spring Election and Presid" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t xml:space="preserve">2016 Spring Election and Presidential Preference Vote
 4/5/2016
 School District of Lodi Board Member - Official Canvass - Finalized On : 4/14/2016 11:27 AM
 100.0% Precincts Reporting (4 of 4)
-Generated Report on : 1/30/2026 6:33 AM</t>
+Generated Report on : 3/16/2026 1:07 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">H. Adam Steinberg (   )  </t>
   </si>
   <si>
     <t xml:space="preserve">William M. Wipperfurth (   )  </t>
   </si>
   <si>
     <t xml:space="preserve">Mick Krueger (   )  </t>
   </si>
   <si>
     <t xml:space="preserve">Karl L. Westphal (   )  </t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (   )  </t>
   </si>
   <si>
     <t xml:space="preserve">T Dane Wd 1                   </t>
   </si>
   <si>
     <t xml:space="preserve">T Roxbury Wds 1-2             </t>
   </si>