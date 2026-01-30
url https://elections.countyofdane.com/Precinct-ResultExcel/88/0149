--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2016 Partisan Primary - 8 9 201" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <si>
     <t xml:space="preserve">2016 Partisan Primary
 8/9/2016
 Representative to the Assembly District 78 - Official Canvass - Finalized On : 8/24/2016 2:50 PM
 100.0% Precincts Reporting (26 of 26)
-Generated Report on : 12/5/2025 10:06 PM</t>
+Generated Report on : 1/30/2026 6:35 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (REP)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 100              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 101              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 102              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 103              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 104              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 105              </t>
   </si>