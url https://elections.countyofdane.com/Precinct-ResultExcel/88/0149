--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2016 Partisan Primary - 8 9 201" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <si>
     <t xml:space="preserve">2016 Partisan Primary
 8/9/2016
 Representative to the Assembly District 78 - Official Canvass - Finalized On : 8/24/2016 2:50 PM
 100.0% Precincts Reporting (26 of 26)
-Generated Report on : 1/30/2026 6:35 AM</t>
+Generated Report on : 3/16/2026 2:09 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (REP)  </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 100              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 101              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 102              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 103              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 104              </t>
   </si>
   <si>
     <t xml:space="preserve">C Madison Wd 105              </t>
   </si>