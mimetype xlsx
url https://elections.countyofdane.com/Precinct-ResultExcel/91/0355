--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2017 Spring Election - 4 4 2017" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t xml:space="preserve">2017 Spring Election
 4/4/2017
 River Valley School District Member Area 2 - Official Canvass - Finalized On : 4/11/2017 2:03 PM
 100.0% Precincts Reporting (1 of 1)
-Generated Report on : 12/5/2025 6:47 AM</t>
+Generated Report on : 12/14/2025 4:18 PM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Deborah A. Nelson (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">Karl J. Nelson (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">T Black Earth Wd 1            </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>