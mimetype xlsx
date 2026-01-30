--- v1 (2025-12-14)
+++ v2 (2026-01-30)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2017 Spring Election - 4 4 2017" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t xml:space="preserve">2017 Spring Election
 4/4/2017
 River Valley School District Member Area 2 - Official Canvass - Finalized On : 4/11/2017 2:03 PM
 100.0% Precincts Reporting (1 of 1)
-Generated Report on : 12/14/2025 4:18 PM</t>
+Generated Report on : 1/30/2026 12:00 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Deborah A. Nelson (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">Karl J. Nelson (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">T Black Earth Wd 1            </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>