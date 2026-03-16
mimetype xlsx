--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="2017 Spring Election - 4 4 2017" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t xml:space="preserve">2017 Spring Election
 4/4/2017
 River Valley School District Member Area 2 - Official Canvass - Finalized On : 4/11/2017 2:03 PM
 100.0% Precincts Reporting (1 of 1)
-Generated Report on : 1/30/2026 12:00 AM</t>
+Generated Report on : 3/16/2026 2:59 AM</t>
   </si>
   <si>
     <t>Precincts</t>
   </si>
   <si>
     <t xml:space="preserve">Deborah A. Nelson (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">Karl J. Nelson (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">WRITE-IN (NON)  </t>
   </si>
   <si>
     <t xml:space="preserve">T Black Earth Wd 1            </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>